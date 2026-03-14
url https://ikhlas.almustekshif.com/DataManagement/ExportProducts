--- v0 (2025-12-06)
+++ v1 (2026-03-14)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61d61baad03040fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c4884c604e1d47529b90e5b69b2ee2e5.psmdcp" Id="Rd6b9498bc7fc4e23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa8a5d66c37a4148" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7997bf2eed674464bfd329c86f856b17.psmdcp" Id="Rc9b481dfcf774ef0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Products" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>ProductName</x:t>
   </x:si>
   <x:si>
     <x:t>CategoryName</x:t>
   </x:si>
   <x:si>
     <x:t>BrandName</x:t>
   </x:si>
   <x:si>
     <x:t>ReorderLevel</x:t>
   </x:si>
   <x:si>
     <x:t>UnitName</x:t>
   </x:si>
   <x:si>
     <x:t>Factor</x:t>
   </x:si>
   <x:si>
     <x:t>BuyPrice</x:t>
   </x:si>
   <x:si>
     <x:t>SellPrice</x:t>
   </x:si>
   <x:si>
     <x:t>Barcode</x:t>
   </x:si>
   <x:si>
-    <x:t>BATTERY SALA48V</x:t>
+    <x:t>بلف معكوف -WAL BAND</x:t>
   </x:si>
   <x:si>
     <x:t>اجهزة</x:t>
   </x:si>
   <x:si>
     <x:t>قطع غيار كهربائى</x:t>
   </x:si>
   <x:si>
     <x:t>حبة</x:t>
   </x:si>
   <x:si>
-    <x:t>480313</x:t>
-[...5 lines deleted...]
-    <x:t>360315</x:t>
+    <x:t>70031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>لستك بلف طويل24 -TUBE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30124</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -435,51 +435,51 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I3"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="24.996339" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="26.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="14.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="19.424911" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="9.853482" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="6.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.710625" style="0" customWidth="1"/>
     <x:col min="8" max="9" width="8.282054" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" s="1" customFormat="1">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
@@ -491,83 +491,83 @@
       </x:c>
       <x:c r="H1" s="1" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="I1" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D2" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F2" s="0">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G2" s="0">
-        <x:v>250</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H2" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I2" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:9">
       <x:c r="A3" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D3" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F3" s="0">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G3" s="0">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H3" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I3" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Products</vt:lpstr>
       <vt:lpstr>Products!Print_Area</vt:lpstr>
       <vt:lpstr>Products!Print_Titles</vt:lpstr>